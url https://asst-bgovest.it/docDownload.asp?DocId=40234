--- v0 (2026-01-15)
+++ v1 (2026-03-21)
@@ -1715,51 +1715,51 @@
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="16384" width="8.85546875" style="19"/>
   </cols>
   <sheetData/>
   <sheetProtection algorithmName="SHA-512" hashValue="5M8+hRf1kc3iTao9wKgods6UGVI7pnDio7V9pbfLjYJu5Q1RPxYPPNJCj6EZ95TeLL6NC2n0dKutH6fghyxzbw==" saltValue="R3e6TE0BeC4HnxpaJaEn/g==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1">
     <mergeCell ref="A1:XFD1048576"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:N117"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection sqref="A1:XFD1"/>
+      <selection sqref="A1:N1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15.42578125" style="7" customWidth="1"/>
     <col min="2" max="2" width="9.7109375" style="6" customWidth="1"/>
     <col min="3" max="3" width="31.42578125" customWidth="1"/>
     <col min="4" max="4" width="13.140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="15.7109375" style="1" customWidth="1"/>
     <col min="6" max="14" width="15.7109375" style="7" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="99" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="20" t="s">
         <v>264</v>
       </c>
       <c r="B1" s="20"/>
       <c r="C1" s="20"/>
       <c r="D1" s="20"/>
       <c r="E1" s="20"/>
       <c r="F1" s="20"/>
       <c r="G1" s="20"/>
       <c r="H1" s="20"/>
       <c r="I1" s="20"/>
       <c r="J1" s="20"/>
@@ -2156,78 +2156,78 @@
       </c>
       <c r="L10" s="4">
         <v>193</v>
       </c>
       <c r="M10" s="14">
         <v>0.99481865284974091</v>
       </c>
       <c r="N10" s="18">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>69</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>70</v>
       </c>
       <c r="D11" s="11" t="s">
         <v>71</v>
       </c>
       <c r="E11" s="4">
-        <v>203</v>
+        <v>57</v>
       </c>
       <c r="F11" s="4">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="G11" s="14">
-        <v>0.5</v>
+        <v>0.16</v>
       </c>
       <c r="H11" s="18">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="I11" s="4">
-        <v>40</v>
+        <v>21</v>
       </c>
       <c r="J11" s="14">
-        <v>0.77500000000000002</v>
+        <v>0.80952380952380953</v>
       </c>
       <c r="K11" s="18">
         <v>19</v>
       </c>
       <c r="L11" s="4">
-        <v>133</v>
+        <v>11</v>
       </c>
       <c r="M11" s="14">
-        <v>0.96992481203007519</v>
+        <v>1</v>
       </c>
       <c r="N11" s="18">
-        <v>50</v>
+        <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>72</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>73</v>
       </c>
       <c r="D12" s="11" t="s">
         <v>7</v>
       </c>
       <c r="E12" s="4">
         <v>223</v>
       </c>
       <c r="F12" s="4">
         <v>20</v>
       </c>
       <c r="G12" s="14">
         <v>0.65</v>
       </c>
       <c r="H12" s="18">
@@ -2552,78 +2552,78 @@
       </c>
       <c r="L19" s="4">
         <v>17</v>
       </c>
       <c r="M19" s="14">
         <v>1</v>
       </c>
       <c r="N19" s="18">
         <v>4</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B20" s="2">
         <v>17</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>82</v>
       </c>
       <c r="D20" s="11" t="s">
         <v>71</v>
       </c>
       <c r="E20" s="4">
-        <v>203</v>
+        <v>62</v>
       </c>
       <c r="F20" s="4">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="G20" s="14">
-        <v>0.5</v>
+        <v>0.32</v>
       </c>
       <c r="H20" s="18">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="I20" s="4">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="J20" s="14">
-        <v>0.77500000000000002</v>
+        <v>0.76923076923076927</v>
       </c>
       <c r="K20" s="18">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="L20" s="4">
-        <v>133</v>
+        <v>11</v>
       </c>
       <c r="M20" s="14">
-        <v>0.96992481203007519</v>
+        <v>1</v>
       </c>
       <c r="N20" s="18">
-        <v>50</v>
+        <v>7</v>
       </c>
     </row>
     <row r="21" spans="1:14" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B21" s="2">
         <v>18</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>83</v>
       </c>
       <c r="D21" s="11" t="s">
         <v>9</v>
       </c>
       <c r="E21" s="4">
         <v>127</v>
       </c>
       <c r="F21" s="4">
         <v>19</v>
       </c>
       <c r="G21" s="14">
         <v>0.21052631578947367</v>
       </c>
       <c r="H21" s="18">
@@ -2640,78 +2640,78 @@
       </c>
       <c r="L21" s="4">
         <v>69</v>
       </c>
       <c r="M21" s="14">
         <v>0.73913043478260865</v>
       </c>
       <c r="N21" s="18">
         <v>37</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B22" s="2">
         <v>19</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>84</v>
       </c>
       <c r="D22" s="11" t="s">
         <v>71</v>
       </c>
       <c r="E22" s="4">
-        <v>203</v>
+        <v>86</v>
       </c>
       <c r="F22" s="4">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="G22" s="14">
-        <v>0.5</v>
+        <v>0.14814814814814814</v>
       </c>
       <c r="H22" s="18">
-        <v>9</v>
+        <v>51</v>
       </c>
       <c r="I22" s="4">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="J22" s="14">
-        <v>0.77500000000000002</v>
+        <v>0.51428571428571423</v>
       </c>
       <c r="K22" s="18">
-        <v>19</v>
+        <v>3</v>
       </c>
       <c r="L22" s="4">
-        <v>133</v>
+        <v>24</v>
       </c>
       <c r="M22" s="14">
-        <v>0.96992481203007519</v>
+        <v>1</v>
       </c>
       <c r="N22" s="18">
-        <v>50</v>
+        <v>87</v>
       </c>
     </row>
     <row r="23" spans="1:14" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="13" t="s">
         <v>238</v>
       </c>
       <c r="B23" s="2">
         <v>20</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>85</v>
       </c>
       <c r="D23" s="11" t="s">
         <v>42</v>
       </c>
       <c r="E23" s="4">
         <v>246</v>
       </c>
       <c r="F23" s="4">
         <v>17</v>
       </c>
       <c r="G23" s="14">
         <v>1</v>
       </c>
       <c r="H23" s="18">
@@ -8345,67 +8345,59 @@
         <v>236</v>
       </c>
       <c r="C115" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006DE7EFE77196DF4898D03E484135CFB2" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e1708f6f971a406b5af03ed6a0326202">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="99343d8e-03f7-4bca-8409-b755eeaf448f" xmlns:ns3="8340c271-0d5d-4580-9159-7979601b947f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f9cf9a26c9ed77090e018e368715d81a" ns2:_="" ns3:_="">
     <xsd:import namespace="99343d8e-03f7-4bca-8409-b755eeaf448f"/>
     <xsd:import namespace="8340c271-0d5d-4580-9159-7979601b947f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -8588,83 +8580,91 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="8340c271-0d5d-4580-9159-7979601b947f" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FBCF9FD3-C927-4062-9E0C-AD3089AE3557}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{49CD2B00-17E0-4420-8D79-CAEF4E5E4800}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="99343d8e-03f7-4bca-8409-b755eeaf448f"/>
     <ds:schemaRef ds:uri="8340c271-0d5d-4580-9159-7979601b947f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3D733517-F1E2-42AE-9AC1-E1CE7B5292D3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="8340c271-0d5d-4580-9159-7979601b947f"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Intervalli denominati</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>